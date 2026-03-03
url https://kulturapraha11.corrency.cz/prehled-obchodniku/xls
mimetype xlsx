--- v0 (2025-11-28)
+++ v1 (2026-03-03)
@@ -7,80 +7,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t xml:space="preserve">Chodovská tvrz</t>
   </si>
   <si>
     <t xml:space="preserve">Ledvinonva 86/9</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">14900</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
   </si>
   <si>
+    <t xml:space="preserve">https://kczahrada.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kulturní centrum Zahrada</t>
   </si>
   <si>
     <t xml:space="preserve">Malenická 1784/2</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 4 - Chodov</t>
   </si>
   <si>
     <t xml:space="preserve">14800</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://kczahrada.cz/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -88,77 +94,95 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="0" t="s">
+      <c r="F1" s="0">
+        <v>50.03463</v>
+      </c>
+      <c r="G1" s="0">
+        <v>14.4990133</v>
+      </c>
+      <c r="H1" s="0" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="0" t="s">
+    </row>
+    <row r="2" spans="1:9">
+      <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="D2" s="0" t="s">
+      <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D2" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>50.0249122</v>
+      </c>
+      <c r="G2" s="0">
+        <v>14.4935142</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>